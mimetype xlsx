--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -202,51 +202,51 @@
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="true" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Géoclip eau</t>
         </is>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
     </row>
     <row collapsed="" customFormat="true" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Liste des indicateurs disponibles au 08-11-2025</t>
+          <t>Liste des indicateurs disponibles au 09-01-2026</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
     </row>
     <row collapsed="" customFormat="true" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Arborescence de thèmes</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Libellé</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>Source</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Niveaux géographiques</t>