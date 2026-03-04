--- v1 (2026-01-09)
+++ v2 (2026-03-04)
@@ -202,51 +202,51 @@
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="true" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Géoclip eau</t>
         </is>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
     </row>
     <row collapsed="" customFormat="true" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Liste des indicateurs disponibles au 09-01-2026</t>
+          <t>Liste des indicateurs disponibles au 04-03-2026</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
     </row>
     <row collapsed="" customFormat="true" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Arborescence de thèmes</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Libellé</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>Source</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Niveaux géographiques</t>
@@ -605,51 +605,51 @@
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Indicateurs de performance</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Rendement primaire des réseaux (déf. SDAGE)</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE Collectivité 2022, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE Collectivité 2022, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Indicateurs de performance</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>P106.3 - Indice linéaire de pertes en réseau</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
@@ -1037,51 +1037,51 @@
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Indicateurs de connaissance du réseau</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>VP.077 - Linéaire de réseau hors branchements</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE Collectivité 2022, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE Collectivité 2022, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>VP.062 - Volume prélevé</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
@@ -1172,51 +1172,51 @@
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Volume mis en distribution rapporté à l'abonné</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023</t>
+          <t>commune 1999, commune 2025</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Part de l'Importé sur Produit + Importé</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
@@ -1280,51 +1280,51 @@
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Volumes vendus aux abonnés domestiques rapportés à l'abonné</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023</t>
+          <t>commune 1999, commune 2025</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>VP.201 - Volumes vendus aux abonnés non domestiques</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
@@ -1334,51 +1334,51 @@
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Volumes vendus aux abonnés non domestiques rapportés à l'abonnée</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023</t>
+          <t>commune 1999, commune 2025</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Poids du volume vendu aux abonnés non domestiques</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
@@ -1415,51 +1415,51 @@
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Volumes de service rapportés à l'abonné</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023</t>
+          <t>commune 1999, commune 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>VP.221 - Volume consommé sans comptage</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
@@ -1469,51 +1469,51 @@
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Volume consommé sans comptage rapporté à l'abonné</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023</t>
+          <t>commune 1999, commune 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Part du volume sans comptage</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
@@ -1523,348 +1523,348 @@
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>P105.3 : Indice linéaire des volumes non comptés</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>VP.231 - Consommation moyenne par abonné</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>VP.224 : Indice linéaire de consommation (ILC)</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Volumes et consommation</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Dotation hydrique unitaire (conso globale / hab / j)</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE Collectivité 2022, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE Collectivité 2022, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Tarif et gestion financière</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>D102.0 - Prix de l'eau (Prix TTC du service au m³ pour 120 m³)</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Tarif et gestion financière</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Prix HT du service au m³ pour 120 m³</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Tarif et gestion financière</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>VP.177 - Montant HT de la facture 120m³ au 1er janvier de l'année N+1 revenant au délégataire</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Tarif et gestion financière</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>VP190 - Montant HT de la part fixe annuelle revenant au délégataire sur la facture au 1er janvier de l'année N+1</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Tarif et gestion financière</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>VP.178 - Montant HT de la facture 120m³ au 1er janvier de l'année N+1 revenant aux collectivités</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Tarif et gestion financière</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>VP.191 - Montant HT de la part fixe annuelle revenant à la collectivité sur la facture au 1er janvier de l'année N+1</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Tarif et gestion financière</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Pourcentage part fixe</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Tarif et gestion financière</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>VP.179 - Montant total des taxes et redevances afférentes au service dans la facture 120m³ au 1er janvier de l'année N+1</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>commune 1999, commune 2023, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
+          <t>commune 1999, commune 2025, UGE service 2000, UGE service 2010, UGE service 2019, UGE service 2022</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Eau potable &gt; Tarif et gestion financière</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>P153.2 - Durée d'extinction de la dette de la collectivité</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>SISPEA - ONEMA - Conseil départemental de Loir-et-Cher, OET</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
@@ -1874,402 +1874,402 @@
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t>2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013, 2012, 2011, 2010, 2009, 2008, 2007, 2006, 2005, 2004, 2003, 2002, 2001, 2000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Population légale municipale</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>2021, 2015, 2010, 1999</t>
+          <t>2023, 2017, 2012, 2007, 1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Evolution brute de la population</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
-          <t>2014-2020, 2009-2014, 1999-2009, 1990-1999, 1982-1990, 1975-1982, 1968-1975</t>
+          <t>2016-2022, 2011-2016, 2006-2011, 1999-2006, 1990-1999, 1982-1990, 1975-1982, 1968-1975</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Taux de variation annuel moyen dû au solde migratoire apparent</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP, état civil</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>2014-2020, 2009-2014, 1999-2009, 1990-1999, 1982-1990, 1975-1982, 1968-1975</t>
+          <t>2016-2022, 2011-2016, 2006-2011, 1999-2006, 1990-1999, 1982-1990, 1975-1982, 1968-1975</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Densité de population : nombre d'habitants au km²</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo.</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>2020, 2014, 2009, 1999, 1990, 1982, 1975, 1968</t>
+          <t>2022, 2016, 2011, 1999, 1990, 1982, 1975, 1968, 1962</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Nombre de ménages</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>2020, 2014, 2009, 1999</t>
+          <t>2022, 2016, 2011, 2006, 1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Taille moyenne des ménages</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>2020, 2014, 2009, 1999</t>
+          <t>2022, 2016, 2011, 2006, 1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Nombre de lits touristiques marchands (estimation)</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
           <t>INSEE, en partenariat avec la Direction Générale des Entreprises (DGE) et les partenaires territoriaux</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013</t>
+          <t>2025, 2024, 2023, 2022, 2021, 2020, 2019, 2018, 2017, 2016, 2015, 2014, 2013</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Nombre de résidences secondaires et de logements occasionnels</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>2020, 2014, 2009, 1999</t>
+          <t>2022, 2016, 2011, 2006, 1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Evolution du nombre de résidences secondaires et occasionnels</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>2014-2020, 2009-2014, 1999-2009</t>
+          <t>2016-2022, 2011-2016, 2006-2011, 1999-2006</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Part des résidences principales parmi les logements</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>2020, 2014, 2009, 1999</t>
+          <t>2022, 2016, 2011, 2006, 1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Part des maisons parmi les logements</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
           <t>INSEE - RP</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>2020, 2014, 2009, 1999</t>
+          <t>2022, 2016, 2011, 2006, 1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Nombre d'hectares artificialisés</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
           <t>Fichiers fonciers (Observatoire de l’artificialisation des sols – Plan Biodiversité, 2020)</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>2009-2020</t>
+          <t>2011-2022, 2011-2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Part de la surface artificialisée</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
           <t>Fichiers fonciers (Observatoire de l’artificialisation des sols – Plan Biodiversité, 2020)</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>commune 2023, communauté de communes ou agglo., département, région</t>
+          <t>commune 2025, communauté de communes ou agglo. 2025, département, région</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>2009-2020</t>
+          <t>2011-2022, 2011-2020</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; indicateurs socio-économiques</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Spécialisation territoriale de la production agricole en 2020 (OTEX en 12 postes)</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
           <t>Agreste - Recensement agricole 2020</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
-          <t>commune 2023</t>
+          <t>commune 2025</t>
         </is>
       </c>
       <c r="E78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>Observatoire EAU &gt; Assainissement collectif &gt; Caractéristiques / Données de cadrage</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Nombre d'habitants desservis</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
           <t>SISPEA</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>UGE service assainissement 2011, UGE service assainissement 2022</t>
         </is>
       </c>
@@ -2743,85 +2743,85 @@
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>communes 1999</t>
         </is>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>COG</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>1999</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>com2019</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>communes 2023</t>
+          <t>communes 2025</t>
         </is>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>COG</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>comcom</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>communautés de communes ou agglo.</t>
+          <t>communautés de communes ou agglo. 2025</t>
         </is>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>COG</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>dep</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>départements</t>
         </is>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>COG</t>
         </is>
       </c>
       <c r="E8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>